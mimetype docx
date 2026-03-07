--- v0 (2025-10-05)
+++ v1 (2026-03-07)
@@ -1,12271 +1,4982 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.template.main+xml"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="4918F0AC" w14:textId="77777777" w:rsidR="002D0279" w:rsidRDefault="002D0279" w:rsidP="00B85B3E">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="5CD5DC63" w14:textId="77777777" w:rsidR="00D05D29" w:rsidRPr="006B4B53" w:rsidRDefault="00D05D29" w:rsidP="00B85B3E">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="13749D01" w14:textId="77777777" w:rsidR="00BA4CFB" w:rsidRDefault="00D93035" w:rsidP="002D0279">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...27 lines deleted...]
-    <w:p w14:paraId="7BB7FD6F" w14:textId="77777777" w:rsidR="002D0279" w:rsidRPr="006B4B53" w:rsidRDefault="00BA4CFB" w:rsidP="002D0279">
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_heading=h.fuepdstgnau5" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:t xml:space="preserve">Título en idioma original (hasta 14 palabras): subtítulo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">English </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>title</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (up to 14 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">): </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>subtitle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:before="240" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...36 lines deleted...]
-    <w:p w14:paraId="5C8295DD" w14:textId="77777777" w:rsidR="002D0279" w:rsidRPr="006B4B53" w:rsidRDefault="002D0279" w:rsidP="002D0279">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Título en portugués o español (dependiendo del idioma original del artículo) (hasta 14 palabras): subtítulo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...34 lines deleted...]
-    <w:p w14:paraId="0807B9A8" w14:textId="77777777" w:rsidR="002D0279" w:rsidRPr="006B4B53" w:rsidRDefault="006F656C" w:rsidP="00B85B3E">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="6" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="en-US"/>
-[...188 lines deleted...]
-    <w:p w14:paraId="2B6A131C" w14:textId="77777777" w:rsidR="002D0279" w:rsidRPr="006B4B53" w:rsidRDefault="002D0279" w:rsidP="002D0279">
+        </w:rPr>
+        <w:t xml:space="preserve"> (El título debe reflejar con claridad y de forma concisa el contenido del artículo)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-      <w:pPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:bCs/>
+          <w:color w:val="595959"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc53072344"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_heading=h.8kjz7xls20yh" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:bCs/>
+          <w:color w:val="595959"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Recibido: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B312D72" w14:textId="77777777" w:rsidR="009773C8" w:rsidRDefault="009773C8" w:rsidP="009773C8">
-      <w:pPr>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:bCs/>
+          <w:color w:val="595959"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:bCs/>
+          <w:color w:val="595959"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="Autor"/>
+        </w:rPr>
+        <w:t>Aprobado:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="595959"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="595959"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publicado: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006668F5">
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+          <w:bCs/>
+          <w:color w:val="595959"/>
           <w:sz w:val="20"/>
-          <w:lang w:val="es-ES_tradnl"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="Autor"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Este artículo ha sido aprobado por la editora, Dra. Susana Graciela Pérez Barrera </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-          <w:szCs w:val="24"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Nombre</w:t>
-[...48 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Nombre Apellido del autor 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_heading=h.dwgabwkb0r2j" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="2"/>
-    </w:p>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-      </w:pPr>
-[...40 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Nombre  Apellido autor 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...4 lines deleted...]
-        <w:pStyle w:val="Autor"/>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Nombre</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Nombre Apellido del autor 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Apellido</w:t>
-[...324 lines deleted...]
-    <w:p w14:paraId="6DC991ED" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+        <w:t>(ATENCIÓN: Los autores y sus datos em pie de página, em las referencias y en la identificación del archivo (VER LAS DIRECTRICES A LOS AUTORES), solamente se agregan em la versión final der artículo)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="68F02D2D" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="pt-BR"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="61020FC1" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="27235B59" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">El resumen debe </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ser un párrafo sin sangría con un máximo de 250 palabras y contener exactamente lo que se presenta en el artículo, en un lenguaje simple, directo, con pronombre neutro y con redacción en tiempo pasado. El resumen debe presentar: (i) el objetivo y alcance d</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">el estudio; (ii) la descripción de la metodología; (iii) el resumen de los resultados más importantes; y (iv) las principales consideraciones finales o conclusiones. Un resumen no debe contener información ni </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>conclusiones que no estén incluidas en el artíc</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ulo, no se debe usar abreviaturas y no se deben incluir citas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="12741EF4" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:szCs w:val="24"/>
-[...97 lines deleted...]
-    <w:p w14:paraId="0BD44445" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: palabra, palabra, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>palavra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>palavra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, palabra (3 a 5 palabras clave em orden alfabético)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>(Las palabras clave deben ser relevantes, indicar los temas del contenido y permitir su b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>úsqueda).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="694BC56F" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1AE22046" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...22 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>must</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>correctly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>written</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in English, in a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sole</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>maximum</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 250 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>containing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>exactly</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>what</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>presented</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>paper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>with</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> simple, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>direct</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, neutral </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pronoun</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>past</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> tense. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">(i) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>research</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>objective</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>scope</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; (ii) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>methodology</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>description</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; (iii) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>summary</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>most</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>important</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>results</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; and (iv) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>main</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> final </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>considerations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>conclusions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>not</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>information</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>conclusions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>reported</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r>
+        <w:t>aper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>should</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>not</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> use </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>neither</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>abreviations</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="6FFCD4F3" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>quotes</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:i/>
-          <w:szCs w:val="24"/>
-[...34 lines deleted...]
-    <w:p w14:paraId="11823121" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...46 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...106 lines deleted...]
-    <w:p w14:paraId="4AA37B15" w14:textId="77777777" w:rsidR="00BA4CFB" w:rsidRDefault="00BA4CFB" w:rsidP="004F5A72">
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (3 to 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>alphabetically</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ordered</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="7CB5A207" w14:textId="77777777" w:rsidR="00BA4CFB" w:rsidRDefault="00BA4CFB" w:rsidP="004F5A72">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="5F15D8BB" w14:textId="77777777" w:rsidR="00BA4CFB" w:rsidRDefault="00BA4CFB" w:rsidP="00BA4CFB">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6428773E" w14:textId="77777777" w:rsidR="00BA4CFB" w:rsidRPr="00BA4CFB" w:rsidRDefault="00BA4CFB" w:rsidP="00BA4CFB">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7F736248" w14:textId="77777777" w:rsidR="00BA4CFB" w:rsidRPr="00BA4CFB" w:rsidRDefault="00BA4CFB" w:rsidP="00BA4CFB">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...37 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">O resumo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>deve</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> ser </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>corretamente</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...74 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> escrito em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>um</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> parágrafo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>sem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...38 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>sangria</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> no máximo 250 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>palavras</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> e </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>conter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>exatamente</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> o que é </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>apresentado</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...22 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> no artigo, em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>linguagem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> simples, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>direta</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...58 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>pronome</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...85 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> neutro e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>com</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> escrita no pretérito. O resumo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>deve</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>apresentar</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...49 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">: (i) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ob</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">jetivo e o </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>escopo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>estudo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve">; (ii) a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>descrição</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> da </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>metodologia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...49 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">; (iii) o resumo dos resultados </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>mais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...31 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> importantes; e (iv) as </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>principais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>considerações</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>finais</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>conclusões</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...31 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t>. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Um</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> resumo </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>não</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>deve</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>conter</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>informações</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>conclusões</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> que </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>não</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>estejam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>incluídas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...49 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> no artigo, </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">abreviaturas </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>não</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>devem</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> ser usadas e </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>citações</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>não</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>devem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> ser </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...76 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>incluídas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="088E5F6B" w14:textId="77777777" w:rsidR="00BA4CFB" w:rsidRPr="00BA4CFB" w:rsidRDefault="00BA4CFB" w:rsidP="00BA4CFB">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58EF37B4" w14:textId="77777777" w:rsidR="00BA4CFB" w:rsidRPr="00BA4CFB" w:rsidRDefault="00BA4CFB" w:rsidP="00BA4CFB">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...29 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Palavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">-chave: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>palavra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>palavra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...13 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>palavra</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA4CFB">
-[...26 lines deleted...]
-    <w:p w14:paraId="6C38D831" w14:textId="77777777" w:rsidR="00BA4CFB" w:rsidRDefault="00BA4CFB" w:rsidP="004F5A72">
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>palavra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>palavra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> (3 a 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>palavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">-chave em </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ordem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> alfabética)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="5BCACDE7" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="0E4A0BBC" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...30 lines deleted...]
-    <w:p w14:paraId="2264B7D6" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_heading=h.ue5d52yo9v5i" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>Introducción (Título de primer nivel: ARIAL 12 negrita)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A"/>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="0CED4863" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Todo el texto del artí</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">culo se debe digitar en ARIAL 12, con sangría de 1,27 cm al inicio del párrafo, con interlineado sencillo y alineado justificado. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t xml:space="preserve">En la introducción se presenta el problema u objeto de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>estúdio</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, el objetivo general de la investigación, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>uma</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> descripción brev</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">e de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
         <w:t>metodologia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, las teorías en las que se sustenta el trabajo de investigación (si no se incluye sección específica de Marco teórico) y una descripción </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>suscinta</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> de las secciones del artículo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FEC7EC" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="1A4866ED" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Marco teórico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A162CB" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="5857F7A3" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">En esta sección se describe el referencial </w:t>
+      </w:r>
+      <w:r>
+        <w:t>teórico, los conceptos, variables o demás elementos que permitan contextualizar la investigación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Subtítulos de nivel 2</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="41C405A7" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Los subtítulos de nivel 2 se digitarán con letras minúsculas y la primera letra mayúscula, alineados a la izquierda, en ARIAL 12 en negrita.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18199E8E" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Subtítulos de nivel 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="29E45A9F" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="38753F9B" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+      <w:r>
+        <w:t>Los subtítulos de nivel 3 se digitarán con letras minúsculas y la primera letra mayúscula, a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>lineados a la izquierda, en ARIAL 12 en letra cursiva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Subtítulos de nivel 4. </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="0515FFD8" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+        <w:t>Los subtítulos de nivel 4, se digitarán con letras minúsculas y la primera letra mayúscula, alineados a la izquierda, en ARIAL 12 en negrita, con sangría de 1,27 cm y punto final</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, siendo que el texto comienza en la misma línea.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:i/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
+          <w:iCs/>
         </w:rPr>
         <w:t>Subtítulos de nivel 5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="3804AF7A" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Los subtítulos de nivel 5, se digitarán con letras minúsculas y la primera letra mayúscula, alineados a la izquierda, en ARIAL 12 en letra cursiva, con sangría de 1,27 cm y punto fina</w:t>
+      </w:r>
+      <w:r>
+        <w:t>l, siendo que el texto comienza en la misma línea.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...10 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>No se subrayarán palabras dentro del texto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26CCA307" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="139716DE" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+      <w:r>
+        <w:t>Las citas directas con más de 40 palabras deben estar alineadas a 1,27 cm del margen izquierdo, en un solo bloque, y deben estar correctamente referenciadas de a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>cuerdo a las normas APA, 7ª. edición.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="2654F587" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="00AA0A19" w:rsidP="00AA0A19">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Materiales y métodos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245BFC55" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="77EC1CDF" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+      <w:r>
+        <w:t>Se enuncian el método de investigación utilizado, los criterios de selección de los sujetos o participantes, el método de muestreo, las variables, las técnicas de recolección de datos, los procedi</w:t>
+      </w:r>
+      <w:r>
+        <w:t>mientos metodológicos, los instrumentos y métodos de análisis. En caso de utilizar subtítulos, se debe usar el mismo formato y la misma jerarquía referida anteriormente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="381C889B" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="00AA0A19">
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_heading=h.4fkgz1x26ccj" w:colFirst="0" w:colLast="0"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>En el caso de utilizar algún asistente de Inteligencia Artificial (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>IA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>) en alguna parte</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de proceso de investigación o elaboración del texto presentado, esto se debe consignar en Métodos y Materiales y referir el asistente en las Referencias finales.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="39B163DF" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Resultados</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...12 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:t>Se exponen los resultados obtenidos en la investigación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65513960" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Tablas y cuadros</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78131022" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...26 lines deleted...]
-    <w:p w14:paraId="0E5ED6A6" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+      <w:r>
+        <w:t>Si se utilizan tablas, deben crearse en Word, centrarse, con título en ARIAL 11, en negrita, con la primera letra mayúscula, alineado a la izquierda, numerado progresivamente en la parte superior y fuente en la parte inferior, en ARIAL 10. El texto interno</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> también debe digitarse en ARIAL 10. Solamente deben utilizarse líneas horizontales para separar las entradas, sin líneas para separar las columnas. Todas las tablas deben estar citadas en el texto con su número correspondiente (Ver Tabla 1). En caso de ta</w:t>
+      </w:r>
+      <w:r>
+        <w:t>blas incrustadas, las mismas se deben insertar en el texto en su debido lugar además de adjuntarse en archivo separado con el nombre y número correspondiente (Ej.: Tabla 1.xlsx).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="675D602A" w14:textId="77777777" w:rsidR="00BA4CFB" w:rsidRDefault="00BA4CFB" w:rsidP="004F5A72">
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...9 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tabla 1. Ejemplo de tabla. Título </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
-          <w:lang w:val="es-ES"/>
-[...33 lines deleted...]
-          <w:lang w:val="es-ES"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>autoexplicativo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Tablaconcuadrcula"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a0"/>
+        <w:tblW w:w="7655" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1692"/>
         <w:gridCol w:w="1710"/>
         <w:gridCol w:w="2798"/>
         <w:gridCol w:w="1455"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004F5A72" w14:paraId="18F04C64" w14:textId="77777777" w:rsidTr="004F5A72">
+      <w:tr w:rsidR="003D130A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="650D11D3" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>Columna 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4171B933" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>Columna 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42DAA26F" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...4 lines deleted...]
-              <w:t>Columna 3</w:t>
+              <w:t>Column</w:t>
+            </w:r>
+            <w:r>
+              <w:t>a 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="58964C0C" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>Columna 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F5A72" w14:paraId="4C643D7F" w14:textId="77777777" w:rsidTr="004F5A72">
+      <w:tr w:rsidR="003D130A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55AF5E9C" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>Entrada 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43CD6F0C" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>0,000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B29FA2C" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>1,25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="546F4984" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>2,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F5A72" w14:paraId="3C9423BD" w14:textId="77777777" w:rsidTr="004F5A72">
+      <w:tr w:rsidR="003D130A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C98043C" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>Entrada 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EE73622" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>0,001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77148300" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>1,45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68F2903B" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>4,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004F5A72" w14:paraId="5EA4C3C5" w14:textId="77777777" w:rsidTr="004F5A72">
+      <w:tr w:rsidR="003D130A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1692" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A2BF09D" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>Entrada 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22BA808B" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>0,002</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2798" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="67E20F3D" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>1,55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1455" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="666F8095" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72">
+          <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
             <w:pPr>
-              <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:before="0" w:after="120"/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
               <w:t>5,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71F74F21" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
-          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
-[...5 lines deleted...]
-          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Fuente: elaboración propia</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A39AC7" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="1A758C74" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
+          <w:bCs/>
         </w:rPr>
         <w:t>Figuras y gráficos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A99EE8C" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-          <w:lang w:val="es-ES"/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-    <w:p w14:paraId="6E61315F" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+        <w:t>Las figuras y gráficos deben ser nítidos y con letras legibles, inclusive cuando sea necesario reducirlos para diagramación. Deben ser centralizados, con título numerado progresivamente, con números arábigos, en ARIAL 10, en negrita, ubicado en la parte in</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ferior de la figura con su fuente inmediatamente después, en ARIAL 9.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="21AFF26A" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="537BF492" wp14:editId="55627582">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1914525" cy="1123950"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
-[...3 lines deleted...]
-            </wp:cNvGraphicFramePr>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="134" name="image1.png"/>
+            <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Imagen 1"/>
-[...2 lines deleted...]
-                    </pic:cNvPicPr>
+                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8">
-[...5 lines deleted...]
-                    </a:blip>
+                    <a:blip r:embed="rId7"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr bwMode="auto">
+                  <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1914525" cy="1123950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
-                    <a:noFill/>
-[...2 lines deleted...]
-                    </a:ln>
+                    <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75F38B5F" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
-[...1 lines deleted...]
-        <w:pStyle w:val="Descripcin"/>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...55 lines deleted...]
-    <w:p w14:paraId="1B36A490" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Figura 1 – Logotipo de la Universidad de la Empresa</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="es-ES"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Fuente: Universidad de la Empresa</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A53F544" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="21F4FA16" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="00AA0A19">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4E2AE34D" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Consideraciones finales (Conclusiones)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="5E5EDB7C" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+      </w:pPr>
+      <w:r>
+        <w:t>Deben presentar la interpretación y las reflexiones d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>el autor derivadas de los resultados obtenidos. No deben incluir citas ni referencias.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-    <w:p w14:paraId="78170E11" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="00AA0A19">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-          <w:rFonts w:eastAsia="Arial" w:cs="Arial"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="2783A334" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Referencias</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-      <w:hyperlink r:id="rId9" w:history="1">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Las referencias bibliográficas citadas en el texto deben aparecer en la lista de referencias al final del trabajo (y viceversa) y deben seguir las orientaciones de la norma APA 7ª. edición (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:color w:val="0563C1"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://apastyle.apa.org/style-grammar-guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">).   Deben digitarse </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>com</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> interlineado sencillo, ARIAL 12 y sangría francesa a 1,27 cm del margen izquierdo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">(VER EJEMPLOS PRINCIPALES EN LAS </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00AA0A19">
+      <w:hyperlink r:id="rId9">
+        <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
-[...1 lines deleted...]
-            <w:szCs w:val="24"/>
+            <w:b/>
+            <w:bCs/>
+            <w:color w:val="1155CC"/>
             <w:highlight w:val="yellow"/>
-            <w:lang w:val="es-ES"/>
+            <w:u w:val="single"/>
           </w:rPr>
-          <w:t>DIRECTRICES PARA LOS AUTORES</w:t>
+          <w:t>DIRECTRICES A LOS AUTORES</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-        <w:pStyle w:val="Autor"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:szCs w:val="24"/>
-[...13 lines deleted...]
-      <w:cols w:space="708"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003D130A">
+      <w:headerReference w:type="even" r:id="rId10"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="even" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:pgSz w:w="11907" w:h="16840"/>
+      <w:pgMar w:top="1985" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="807" w:gutter="0"/>
+      <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
       <w:titlePg/>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02767788" w14:textId="77777777" w:rsidR="00443582" w:rsidRDefault="00443582" w:rsidP="005F7FB8">
+    <w:p w:rsidR="0031209C" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A070570" w14:textId="77777777" w:rsidR="00443582" w:rsidRDefault="00443582" w:rsidP="005F7FB8">
+    <w:p w:rsidR="0031209C" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...3 lines deleted...]
-    <w:family w:val="roman"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Book Antiqua">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{29F81BEC-EDF8-40E2-87C1-C903B836EF5F}"/>
+    <w:embedItalic r:id="rId2" w:fontKey="{C6E793E9-8849-4133-A6DE-2F6ABDD60E40}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-  </w:font>
-[...148 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{99ACABB1-BBA9-4889-B36D-B812873CEFA7}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{26F7DD08-6654-4E7C-81E6-9553E5308324}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4B03A690" w14:textId="77777777" w:rsidR="00BC552C" w:rsidRPr="00285FF7" w:rsidRDefault="00BC552C" w:rsidP="00BC552C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
-        <w:noProof/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t>RSEUS</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>, Montevideo, x(x), xx-xx</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>, año</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wps">
+        <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02C806AA" wp14:editId="4EB45131">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-9525</wp:posOffset>
+                <wp:posOffset>-21588</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-13335</wp:posOffset>
+                <wp:posOffset>-25400</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="5791200" cy="19050"/>
-              <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+              <wp:extent cx="5816600" cy="44450"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Conector recto 1"/>
+              <wp:docPr id="131" name="Conector recto de flecha 131"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
-                      <a:xfrm flipV="1">
-[...1 lines deleted...]
-                        <a:ext cx="5791200" cy="19050"/>
+                      <a:xfrm rot="10800000" flipH="1">
+                        <a:off x="2444050" y="3764125"/>
+                        <a:ext cx="5803900" cy="31750"/>
                       </a:xfrm>
-                      <a:prstGeom prst="line">
+                      <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="12700" cap="flat" cmpd="sng">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                        <a:prstDash val="solid"/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd type="none" w="sm" len="sm"/>
+                        <a:tailEnd type="none" w="sm" len="sm"/>
+                      </a:ln>
                     </wps:spPr>
-                    <wps:style>
-[...12 lines deleted...]
-                    </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...4 lines deleted...]
-          </w:pict>
+        <mc:Fallback xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-21588</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-25400</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5816600" cy="44450"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="131" name="image6.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image6.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5816600" cy="44450"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...46 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="6619BE2C" w14:textId="6F730A89" w:rsidR="00BC552C" w:rsidRDefault="00BC552C" w:rsidP="00BC552C">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
       <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
         <w:tab w:val="left" w:pos="1500"/>
       </w:tabs>
       <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="1416"/>
       <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00285FF7">
+    <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:noProof/>
-[...1 lines deleted...]
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:hyperlink r:id="rId2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0563C1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://rifedu.ude.edu.uy/index.php/RSEUS</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="769BAFCC" wp14:editId="4DB424A3">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="margin">
-            <wp:align>left</wp:align>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>2</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4445</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="824459" cy="457200"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapTight wrapText="bothSides">
-[...11 lines deleted...]
-          </wp:cNvGraphicFramePr>
+          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
+          <wp:docPr id="135" name="image2.jpg"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="14" name="Logo transparente.jpg"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="image2.jpg"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId3"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="824459" cy="457200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00285FF7">
+  </w:p>
+  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+        <w:tab w:val="left" w:pos="1500"/>
+      </w:tabs>
+      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="1416"/>
+      <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:tab/>
-[...23 lines deleted...]
-    <w:hyperlink r:id="rId3" w:history="1"/>
+    </w:pPr>
   </w:p>
-  <w:p w14:paraId="45783D8B" w14:textId="7DB2D3C4" w:rsidR="00BC552C" w:rsidRPr="00285FF7" w:rsidRDefault="00BA5B00" w:rsidP="00BC552C">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
       <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
         <w:tab w:val="left" w:pos="1500"/>
       </w:tabs>
       <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...10 lines deleted...]
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Soriano 959 – Montevideo – Uruguay Tel. 598.2900.2442 revistaseducacion@ude.edu.uy</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="30DDD5D6" w14:textId="77777777" w:rsidR="00BC552C" w:rsidRPr="00BC552C" w:rsidRDefault="00BC552C" w:rsidP="00BC552C">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="35A6D796" w14:textId="77777777" w:rsidR="00BC552C" w:rsidRPr="00285FF7" w:rsidRDefault="00BC552C" w:rsidP="00BC552C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
-        <w:noProof/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t>RSEUS</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>, Montevideo, x(x), xx-xx, año</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wps">
+        <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="12EE610D" wp14:editId="5E0DEF69">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-9525</wp:posOffset>
+                <wp:posOffset>-22223</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-13335</wp:posOffset>
+                <wp:posOffset>-26033</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="5791200" cy="19050"/>
-              <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+              <wp:extent cx="5816600" cy="44450"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="6" name="Conector recto 6"/>
+              <wp:docPr id="132" name="Conector recto de flecha 132"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
-                      <a:xfrm flipV="1">
-                        <a:off x="0" y="0"/>
+                      <a:xfrm rot="10800000" flipH="1">
+                        <a:off x="2450400" y="3770475"/>
                         <a:ext cx="5791200" cy="19050"/>
                       </a:xfrm>
-                      <a:prstGeom prst="line">
+                      <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="12700" cap="flat" cmpd="sng">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                        <a:prstDash val="solid"/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd type="none" w="sm" len="sm"/>
+                        <a:tailEnd type="none" w="sm" len="sm"/>
+                      </a:ln>
                     </wps:spPr>
-                    <wps:style>
-[...12 lines deleted...]
-                    </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...4 lines deleted...]
-          </w:pict>
+        <mc:Fallback xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-22223</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-26033</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5816600" cy="44450"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="132" name="image7.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image7.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5816600" cy="44450"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-[...46 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="5CA95C39" w14:textId="5E0C4513" w:rsidR="00BC552C" w:rsidRDefault="00BC552C" w:rsidP="00BC552C">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
       <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
         <w:tab w:val="left" w:pos="1500"/>
       </w:tabs>
       <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="1416"/>
       <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00285FF7">
+    <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:noProof/>
-[...1 lines deleted...]
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:tab/>
+    </w:r>
+    <w:hyperlink r:id="rId2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0563C1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://rifedu.ude.edu.uy/index.php/RSEUS</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57A6781E" wp14:editId="285B0319">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="margin">
-            <wp:align>left</wp:align>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>2</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4445</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="824459" cy="457200"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapTight wrapText="bothSides">
-[...11 lines deleted...]
-          </wp:cNvGraphicFramePr>
+          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
+          <wp:docPr id="137" name="image2.jpg"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="14" name="Logo transparente.jpg"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="image2.jpg"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId3"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="824459" cy="457200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidRPr="00285FF7">
+  </w:p>
+  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+        <w:tab w:val="left" w:pos="1500"/>
+      </w:tabs>
+      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="1416"/>
+      <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:tab/>
-[...22 lines deleted...]
-    </w:hyperlink>
+    </w:pPr>
   </w:p>
-  <w:p w14:paraId="0F563D7F" w14:textId="33F4D0AF" w:rsidR="00BC552C" w:rsidRPr="00285FF7" w:rsidRDefault="00BA5B00" w:rsidP="00BC552C">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
       <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
         <w:tab w:val="left" w:pos="1500"/>
       </w:tabs>
       <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...10 lines deleted...]
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Soriano 959 – Montevideo – Uruguay Tel. 598.2900.2442 revistaseducacion@ude.edu.uy</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7A81EC8D" w14:textId="77777777" w:rsidR="00BC552C" w:rsidRPr="00BC552C" w:rsidRDefault="00BC552C" w:rsidP="00BC552C">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:color w:val="000000"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="658D9A6F" w14:textId="7036153E" w:rsidR="00D05D29" w:rsidRPr="00285FF7" w:rsidRDefault="004F5A72" w:rsidP="00BA5B00">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
     </w:pPr>
+    <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman"/>
         <w:b/>
-        <w:noProof/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t>RSEUS</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>, Montevideo, x(x), xx-xx, año</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wps">
+        <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BD758F9" wp14:editId="2F7D0168">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-9525</wp:posOffset>
+                <wp:posOffset>-22223</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-13335</wp:posOffset>
+                <wp:posOffset>-26033</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="5791200" cy="19050"/>
-              <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
+              <wp:extent cx="5816600" cy="44450"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="3" name="Conector recto 3"/>
+              <wp:docPr id="130" name="Conector recto de flecha 130"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
-                      <a:xfrm flipV="1">
-[...1 lines deleted...]
-                        <a:ext cx="5791200" cy="19050"/>
+                      <a:xfrm rot="10800000" flipH="1">
+                        <a:off x="1522030" y="2991648"/>
+                        <a:ext cx="7647940" cy="1576705"/>
                       </a:xfrm>
-                      <a:prstGeom prst="line">
+                      <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="12700" cap="flat" cmpd="sng">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                        <a:prstDash val="solid"/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd type="none" w="sm" len="sm"/>
+                        <a:tailEnd type="none" w="sm" len="sm"/>
+                      </a:ln>
                     </wps:spPr>
-                    <wps:style>
-[...12 lines deleted...]
-                    </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="margin">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback>
-[...4 lines deleted...]
-          </w:pict>
+        <mc:Fallback xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-22223</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-26033</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5816600" cy="44450"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="130" name="image5.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image5.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5816600" cy="44450"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00BA5B00">
-[...57 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w14:paraId="62570706" w14:textId="0668DF95" w:rsidR="00BA5B00" w:rsidRDefault="00BA5B00" w:rsidP="00BA5B00">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
     <w:pPr>
-      <w:pStyle w:val="Piedepgina"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
       <w:tabs>
-        <w:tab w:val="clear" w:pos="8504"/>
-        <w:tab w:val="right" w:pos="8931"/>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+        <w:tab w:val="left" w:pos="1500"/>
       </w:tabs>
       <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="1416"/>
+      <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
+    <w:hyperlink r:id="rId2">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0563C1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://rifedu.ude.edu.uy/index.php/RSEUS</w:t>
+      </w:r>
+    </w:hyperlink>
     <w:r>
       <w:rPr>
-        <w:b/>
-[...40 lines deleted...]
-        <w:b/>
         <w:noProof/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...3 lines deleted...]
-        <w:lang w:eastAsia="es-ES"/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69ABB670" wp14:editId="7B82E7B6">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="margin">
-            <wp:align>left</wp:align>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>2</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4445</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="824459" cy="457200"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
-          <wp:wrapTight wrapText="bothSides">
-[...11 lines deleted...]
-          </wp:cNvGraphicFramePr>
+          <wp:wrapSquare wrapText="bothSides" distT="0" distB="0" distL="114300" distR="114300"/>
+          <wp:docPr id="136" name="image2.jpg"/>
+          <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="14" name="Logo transparente.jpg"/>
-                  <pic:cNvPicPr/>
+                  <pic:cNvPr id="0" name="image2.jpg"/>
+                  <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2" cstate="print">
-[...5 lines deleted...]
-                  </a:blip>
+                  <a:blip r:embed="rId3"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="824459" cy="457200"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
+                  <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00BA5B00">
+  </w:p>
+  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+        <w:tab w:val="left" w:pos="1500"/>
+      </w:tabs>
+      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="1416"/>
+      <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-    <w:r w:rsidRPr="00285FF7">
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+        <w:tab w:val="left" w:pos="1500"/>
+      </w:tabs>
+      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:tab/>
-[...1 lines deleted...]
-    <w:r w:rsidR="00BA5B00">
+    </w:pPr>
+    <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...10 lines deleted...]
-        <w:w w:val="90"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Soriano 959 – Montevideo – Uruguay Tel. 598.2900.2442 revistaseducacion@ude.edu.uy</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CB95C84" w14:textId="77777777" w:rsidR="00443582" w:rsidRDefault="00443582" w:rsidP="005F7FB8">
+    <w:p w:rsidR="0031209C" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3EDE6BBE" w14:textId="77777777" w:rsidR="00443582" w:rsidRDefault="00443582" w:rsidP="005F7FB8">
+    <w:p w:rsidR="0031209C" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="68002913" w14:textId="77777777" w:rsidR="004F5A72" w:rsidRDefault="004F5A72" w:rsidP="004F5A72">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-187" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="pt-BR"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Último título académico del autor 1, filiación institucional sin abreviaturas, cargo/grupo de investigación/Facultad, Ciudad, País y correo electrónico institucional, identificador </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>* Porcentaje de autoría: …%</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-187" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Último título académico del autor 2, filiación institucional sin abreviaturas, cargo/grupo de investigación/Facultad, Ciudad, País y correo electrónico institucional, identificador </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>* Porcentaje de autoría: …%</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-187" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteRef/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Último título académico del autor 1, filiación institucional sin abreviaturas, cargo/grupo de investigación/Facultad, Ciudad, País y correo electrónico institucional, identificador </w:t>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:t>Último título académico del autor 3, fi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:t xml:space="preserve">liación institucional sin abreviaturas, cargo/grupo de investigación/Facultad, Ciudad, País y correo electrónico institucional, identificador </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>ORCID</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>* Porcentaje de autoría: …%</w:t>
       </w:r>
     </w:p>
-  </w:footnote>
-[...5 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="-187" w:firstLine="0"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="pt-BR"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">* El identificador </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
-          <w:vertAlign w:val="superscript"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
-          <w:lang w:val="pt-BR"/>
-[...90 lines deleted...]
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> se puede solicitar en: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1" w:history="1">
+      <w:hyperlink r:id="rId1">
         <w:r>
           <w:rPr>
-            <w:rStyle w:val="Hipervnculo"/>
+            <w:color w:val="FF0000"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
             <w:highlight w:val="yellow"/>
+            <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://orcid.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="38BBD53D" w14:textId="77777777" w:rsidR="00D05D29" w:rsidRDefault="00D05D29" w:rsidP="00D05D29">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="18F0679E" w14:textId="77777777" w:rsidR="00DE5913" w:rsidRDefault="00DE5913" w:rsidP="00D05D29">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:rPr>
         <w:b/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        <w:bCs/>
+        <w:color w:val="595959"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="59C3E5CC" w14:textId="77777777" w:rsidR="00D05D29" w:rsidRDefault="00DE5913" w:rsidP="00D05D29">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:bookmarkStart w:id="5" w:name="_heading=h.1yeixes9sty0" w:colFirst="0" w:colLast="0"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:r>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>Título</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-61910</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>227648</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5943600" cy="22225"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="133" name="Conector recto de flecha 133"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="2378963" y="3780000"/>
+                        <a:ext cx="5934075" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="straightConnector1">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="9525" cap="flat" cmpd="sng">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                        <a:prstDash val="solid"/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd type="none" w="sm" len="sm"/>
+                        <a:tailEnd type="none" w="sm" len="sm"/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-61910</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>227648</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5943600" cy="22225"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="133" name="image8.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image8.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5943600" cy="22225"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4419"/>
+        <w:tab w:val="right" w:pos="8838"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Autor</w:t>
     </w:r>
-    <w:r w:rsidRPr="00285FF7">
+    <w:r>
       <w:rPr>
-        <w:b/>
         <w:noProof/>
-        <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        <w:lang w:val="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wps">
+        <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="30D6E0AC" wp14:editId="3E7606C5">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-57150</wp:posOffset>
+                <wp:posOffset>-61910</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>238760</wp:posOffset>
+                <wp:posOffset>227648</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="5934075" cy="0"/>
-              <wp:effectExtent l="38100" t="38100" r="66675" b="95250"/>
+              <wp:extent cx="5943600" cy="22225"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="24" name="Conector recto 24"/>
+              <wp:docPr id="128" name="Conector recto de flecha 128"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
-                        <a:off x="0" y="0"/>
+                        <a:off x="2378963" y="3780000"/>
                         <a:ext cx="5934075" cy="0"/>
                       </a:xfrm>
-                      <a:prstGeom prst="line">
+                      <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:ln w="3175"/>
+                      <a:noFill/>
+                      <a:ln w="9525" cap="flat" cmpd="sng">
+                        <a:solidFill>
+                          <a:schemeClr val="dk1"/>
+                        </a:solidFill>
+                        <a:prstDash val="solid"/>
+                        <a:miter lim="800000"/>
+                        <a:headEnd type="none" w="sm" len="sm"/>
+                        <a:tailEnd type="none" w="sm" len="sm"/>
+                      </a:ln>
                     </wps:spPr>
-                    <wps:style>
-[...12 lines deleted...]
-                    </wps:style>
                     <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+          <w:drawing>
+            <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-61910</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>227648</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5943600" cy="22225"/>
+              <wp:effectExtent b="0" l="0" r="0" t="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="128" name="image3.png"/>
+              <a:graphic>
+                <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:pic>
+                    <pic:nvPicPr>
+                      <pic:cNvPr id="0" name="image3.png"/>
+                      <pic:cNvPicPr preferRelativeResize="0"/>
+                    </pic:nvPicPr>
+                    <pic:blipFill>
+                      <a:blip r:embed="rId1"/>
+                      <a:srcRect/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </pic:blipFill>
+                    <pic:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5943600" cy="22225"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect"/>
+                      <a:ln/>
+                    </pic:spPr>
+                  </pic:pic>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C">
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="8504"/>
+      </w:tabs>
+      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>-895350</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-507365</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="7648575" cy="1619250"/>
+              <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="129" name="Rectángulo 129"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="7648575" cy="1619250"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="FFD966"/>
+                      </a:solidFill>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w:rsidR="003D130A" w:rsidRDefault="00E71A5C" w:rsidP="00E71A5C">
+                          <w:pPr>
+                            <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+                            <w:ind w:firstLine="0"/>
+                            <w:jc w:val="right"/>
+                            <w:textDirection w:val="btLr"/>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00E71A5C">
+                            <w:drawing>
+                              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D53AB92" wp14:editId="5DE9B9CF">
+                                <wp:extent cx="2495550" cy="685800"/>
+                                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                <wp:docPr id="1" name="Imagen 1"/>
+                                <wp:cNvGraphicFramePr>
+                                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                                </wp:cNvGraphicFramePr>
+                                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                      <pic:nvPicPr>
+                                        <pic:cNvPr id="0" name="Picture 1"/>
+                                        <pic:cNvPicPr>
+                                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                        </pic:cNvPicPr>
+                                      </pic:nvPicPr>
+                                      <pic:blipFill>
+                                        <a:blip r:embed="rId1">
+                                          <a:extLst>
+                                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                            </a:ext>
+                                          </a:extLst>
+                                        </a:blip>
+                                        <a:srcRect/>
+                                        <a:stretch>
+                                          <a:fillRect/>
+                                        </a:stretch>
+                                      </pic:blipFill>
+                                      <pic:spPr bwMode="auto">
+                                        <a:xfrm>
+                                          <a:off x="0" y="0"/>
+                                          <a:ext cx="2495550" cy="685800"/>
+                                        </a:xfrm>
+                                        <a:prstGeom prst="rect">
+                                          <a:avLst/>
+                                        </a:prstGeom>
+                                        <a:noFill/>
+                                        <a:ln>
+                                          <a:noFill/>
+                                        </a:ln>
+                                      </pic:spPr>
+                                    </pic:pic>
+                                  </a:graphicData>
+                                </a:graphic>
+                              </wp:inline>
+                            </w:drawing>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A" w:rsidP="00E71A5C">
+                          <w:pPr>
+                            <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+                            <w:ind w:right="3" w:firstLine="0"/>
+                            <w:jc w:val="right"/>
+                            <w:textDirection w:val="btLr"/>
+                          </w:pPr>
+                        </w:p>
+                        <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A" w:rsidP="00E71A5C">
+                          <w:pPr>
+                            <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+                            <w:ind w:firstLine="0"/>
+                            <w:jc w:val="right"/>
+                            <w:textDirection w:val="btLr"/>
+                          </w:pPr>
+                          <w:bookmarkStart w:id="6" w:name="_GoBack"/>
+                          <w:bookmarkEnd w:id="6"/>
+                        </w:p>
+                        <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C" w:rsidP="00E71A5C">
+                          <w:pPr>
+                            <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+                            <w:ind w:right="232" w:firstLine="0"/>
+                            <w:jc w:val="right"/>
+                            <w:textDirection w:val="btLr"/>
+                          </w:pPr>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="595959"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>VOLUMEN  X</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="595959"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> NÚMERO x</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C" w:rsidP="00E71A5C">
+                          <w:pPr>
+                            <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+                            <w:ind w:right="232" w:firstLine="0"/>
+                            <w:jc w:val="right"/>
+                            <w:textDirection w:val="btLr"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:color w:val="595959"/>
+                              <w:sz w:val="18"/>
+                            </w:rPr>
+                            <w:t>https//doi.org/10.48163/rseus.2026.V.nrop-p</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="30C09153" id="Conector recto 24" o:spid="_x0000_s1026" style="position:absolute;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" from="-4.5pt,18.8pt" to="462.75pt,18.8pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTU4ynpAEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvAfoPxC8x5KcpmkEyzkkaC9F&#10;G/TxAQy1tIjwhSVjyX/fJW3LRRrkEORCkdyd2Z3hanUzWcO2gFF71/FmUXMGTvpeu03H//z+cv6Z&#10;s5iE64XxDjq+g8hv1h/OVmNoYekHb3pARiQutmPo+JBSaKsqygGsiAsfwFFQebQi0RE3VY9iJHZr&#10;qmVdf6pGj31ALyFGur3bB/m68CsFMv1QKkJipuPUWyorlvUhr9V6JdoNijBoeWhDvKELK7SjojPV&#10;nUiCPaH+j8pqiT56lRbS28orpSUUDaSmqZ+p+TWIAEULmRPDbFN8P1r5fXvr7pFsGENsY7jHrGJS&#10;aPOX+mNTMWs3mwVTYpIuL68vPtZXl5zJY6w6AQPG9BW8ZXnTcaNd1iFasf0WExWj1GNKvjaOjR2/&#10;aIguB0+tlF3aGdhn/QTFdE/Fl4WtTAncGmRbQe/bPzYFnvkoM0OUNmYG1a+DDrkZBmVyZmDzOnDO&#10;LhW9SzPQaufxJXCajq2qff5R9V5rlv3g+115mGIHPX9x7TCqeb7+PRf46Yda/wUAAP//AwBQSwME&#10;FAAGAAgAAAAhAL8sd1LdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOg0AQhu8mvsNmTLyY&#10;dhHTWihLY0y8VqWN54WdAik7S9iFok/vGA96nPkn33x/tpttJyYcfOtIwf0yAoFUOdNSreB4eFls&#10;QPigyejOESr4RA+7/Poq06lxF3rHqQi1YAj5VCtoQuhTKX3VoNV+6Xokzk5usDrwONTSDPrCcNvJ&#10;OIrW0uqW+EOje3xusDoXo1XwEIdD8lod3/an4mMqk6/9fLcZlbq9mZ+2IALO4e8YfvRZHXJ2Kt1I&#10;xotOwSLhKoFZj2sQnCfxagWi/F3IPJP/C+TfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJNTjKekAQAAmAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAL8sd1LdAAAACAEAAA8AAAAAAAAAAAAAAAAA/gMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAAIBQAAAAA=&#10;" strokecolor="black [3200]" strokeweight=".25pt">
-[...1 lines deleted...]
-            </v:line>
+            <v:rect id="Rectángulo 129" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-70.5pt;margin-top:-39.95pt;width:602.25pt;height:127.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCaKZrp6AEAAKYDAAAOAAAAZHJzL2Uyb0RvYy54bWysU1uO2yAU/a/UPSD+G9tR4kyiOKNqIleV&#10;Rm000y6AYGwjYaAXEjvL6Vq6sV6wm0ln/qr+YO6DyzmH4+390ClyFuCk0QXNZiklQnNTSd0U9Pu3&#10;8sMdJc4zXTFltCjoRTh6v3v/btvbjZib1qhKAMEh2m16W9DWe7tJEsdb0TE3M1ZoLNYGOuYxhCap&#10;gPU4vVPJPE3zpDdQWTBcOIfZ/Vikuzi/rgX3X+vaCU9UQRGbjyvE9RjWZLdlmwaYbSWfYLB/QNEx&#10;qfHS66g984ycQL4Z1UkOxpnaz7jpElPXkovIAdlk6Ss2zy2zInJBcZy9yuT+31j+5XwAIit8u/ma&#10;Es06fKQnlO3XT92clCEhjSL11m2w99keYIocbgPjoYYufJELGaKwl6uwYvCEY3KVL+6WqyUlHGtZ&#10;nq3nyyh98nLcgvOfhOlI2BQUEEIUlJ0fnccrsfVPS7jNGSWrUioVA2iODwrImeErl+V+necBMx75&#10;q03p0KxNODaWQyYJ1EYyYeeH4zAxPJrqguI4y0uJoB6Z8wcGaI+Mkh4tU1D348RAUKI+a3yTdbaY&#10;I0cfg8VylaLh4LZyvK0wzVuDTuQeKBmDBx+dOaL8ePKmlpF6wDWCmeCiGSK9ybjBbbdx7Hr5vXa/&#10;AQAA//8DAFBLAwQUAAYACAAAACEAr57tvuEAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3FonQBsS4lSA1AsSlQgoZzde4oh4HcVuG/h6tie4zWhHs2/KzewGccQp9J4UpMsE&#10;BFLrTU+dgo/37eIeRIiajB48oYJvDLCpLi9KXRh/ojc81rETXEKh0ApsjGMhZWgtOh2WfkTi26ef&#10;nI5sp06aSZ+43A3yJknW0ume+IPVIz5bbL/qg1OQveZkf7RpXra7pt51jc2le1Lq+mp+fAARcY5/&#10;YTjjMzpUzLT3BzJBDAoW6V3KYyKrLM9BnCPJ+nYFYs8qW6Ugq1L+X1H9AgAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAJopmunoAQAApgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAK+e7b7hAAAADQEAAA8AAAAAAAAAAAAAAAAAQgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAABQBQAAAAA=&#10;" fillcolor="#ffd966" stroked="f">
+              <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
+                <w:txbxContent>
+                  <w:p w:rsidR="003D130A" w:rsidRDefault="00E71A5C" w:rsidP="00E71A5C">
+                    <w:pPr>
+                      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+                      <w:ind w:firstLine="0"/>
+                      <w:jc w:val="right"/>
+                      <w:textDirection w:val="btLr"/>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00E71A5C">
+                      <w:drawing>
+                        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D53AB92" wp14:editId="5DE9B9CF">
+                          <wp:extent cx="2495550" cy="685800"/>
+                          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                          <wp:docPr id="1" name="Imagen 1"/>
+                          <wp:cNvGraphicFramePr>
+                            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                          </wp:cNvGraphicFramePr>
+                          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                                <pic:nvPicPr>
+                                  <pic:cNvPr id="0" name="Picture 1"/>
+                                  <pic:cNvPicPr>
+                                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                                  </pic:cNvPicPr>
+                                </pic:nvPicPr>
+                                <pic:blipFill>
+                                  <a:blip r:embed="rId1">
+                                    <a:extLst>
+                                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                      </a:ext>
+                                    </a:extLst>
+                                  </a:blip>
+                                  <a:srcRect/>
+                                  <a:stretch>
+                                    <a:fillRect/>
+                                  </a:stretch>
+                                </pic:blipFill>
+                                <pic:spPr bwMode="auto">
+                                  <a:xfrm>
+                                    <a:off x="0" y="0"/>
+                                    <a:ext cx="2495550" cy="685800"/>
+                                  </a:xfrm>
+                                  <a:prstGeom prst="rect">
+                                    <a:avLst/>
+                                  </a:prstGeom>
+                                  <a:noFill/>
+                                  <a:ln>
+                                    <a:noFill/>
+                                  </a:ln>
+                                </pic:spPr>
+                              </pic:pic>
+                            </a:graphicData>
+                          </a:graphic>
+                        </wp:inline>
+                      </w:drawing>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A" w:rsidP="00E71A5C">
+                    <w:pPr>
+                      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+                      <w:ind w:right="3" w:firstLine="0"/>
+                      <w:jc w:val="right"/>
+                      <w:textDirection w:val="btLr"/>
+                    </w:pPr>
+                  </w:p>
+                  <w:p w:rsidR="003D130A" w:rsidRDefault="003D130A" w:rsidP="00E71A5C">
+                    <w:pPr>
+                      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+                      <w:ind w:firstLine="0"/>
+                      <w:jc w:val="right"/>
+                      <w:textDirection w:val="btLr"/>
+                    </w:pPr>
+                    <w:bookmarkStart w:id="7" w:name="_GoBack"/>
+                    <w:bookmarkEnd w:id="7"/>
+                  </w:p>
+                  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C" w:rsidP="00E71A5C">
+                    <w:pPr>
+                      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+                      <w:ind w:right="232" w:firstLine="0"/>
+                      <w:jc w:val="right"/>
+                      <w:textDirection w:val="btLr"/>
+                    </w:pPr>
+                    <w:proofErr w:type="gramStart"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="595959"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>VOLUMEN  X</w:t>
+                    </w:r>
+                    <w:proofErr w:type="gramEnd"/>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="595959"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t xml:space="preserve"> NÚMERO x</w:t>
+                    </w:r>
+                  </w:p>
+                  <w:p w:rsidR="003D130A" w:rsidRDefault="0031209C" w:rsidP="00E71A5C">
+                    <w:pPr>
+                      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
+                      <w:ind w:right="232" w:firstLine="0"/>
+                      <w:jc w:val="right"/>
+                      <w:textDirection w:val="btLr"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:b/>
+                        <w:color w:val="595959"/>
+                        <w:sz w:val="18"/>
+                      </w:rPr>
+                      <w:t>https//doi.org/10.48163/rseus.2026.V.nrop-p</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5456 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-[...11 lines deleted...]
-  <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="709"/>
+  <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1025"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...2 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="001647A0"/>
-[...700 lines deleted...]
-    <w:rsid w:val="00FF4875"/>
+    <w:rsidRoot w:val="003D130A"/>
+    <w:rsid w:val="0031209C"/>
+    <w:rsid w:val="003D130A"/>
+    <w:rsid w:val="00E71A5C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:shapeDefaults>
-[...4 lines deleted...]
-  </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="01C37E15"/>
+  <w15:docId w15:val="{C61E6635-68CC-4B86-848D-AE5C3A17864B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="es-MX" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="es" w:eastAsia="es-ES" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12304,51 +5015,51 @@
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
@@ -12495,6015 +5206,712 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:qFormat/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo1Car"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000157EF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="0" w:line="480" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:szCs w:val="28"/>
-      <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Ttulo2Car"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005F7FB8"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
-      <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="Ttulo3Car"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005F7FB8"/>
+    <w:next w:val="Normal"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
-      <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo4Car"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000612E3"/>
     <w:pPr>
       <w:keepNext/>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:spacing w:line="360" w:lineRule="exact"/>
       <w:ind w:left="1584" w:hanging="864"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
+      <w:bCs/>
       <w:i/>
+      <w:iCs/>
       <w:sz w:val="18"/>
-      <w:szCs w:val="24"/>
-      <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo5Car"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005F7FB8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:val="es-ES"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="1E4D78"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Ttulo6Car"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005F7FB8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
-[...70 lines deleted...]
-      <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
+      <w:color w:val="1E4D78"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
-[...4 lines deleted...]
-    <w:rsid w:val="000157EF"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="24"/>
-[...1 lines deleted...]
-      <w:lang w:val="es-ES"/>
+      <w:smallCaps/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
-[...4 lines deleted...]
-    <w:rsid w:val="005F7FB8"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:b/>
-[...69 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="pt-BR" w:eastAsia="pt-BR"/>
     </w:rPr>
-  </w:style>
-[...55 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F7FB8"/>
+    <w:rsid w:val="007D776B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
+      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005F7FB8"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="007D776B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005F7FB8"/>
+    <w:rsid w:val="00BB420C"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
+      <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005F7FB8"/>
-[...5 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00BB420C"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Textonotapie">
-[...261 lines deleted...]
-    <w:name w:val="Título 31"/>
+  <w:style w:type="paragraph" w:styleId="Subttulo">
+    <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
-[...10 lines deleted...]
-    <w:rsid w:val="000612E3"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...78 lines deleted...]
-      <w:ind w:firstLine="0"/>
+      <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Horario">
-[...7 lines deleted...]
-    <w:rsid w:val="000612E3"/>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal0"/>
     <w:pPr>
-      <w:ind w:firstLine="851"/>
-[...628 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
-      <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblBorders>
-[...6 lines deleted...]
-      </w:tblBorders>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
-  </w:style>
-[...1555 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...2587 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plataformas.ude.edu.uy/revistas/rifedu/index.php/RSEUS/directrices_autores" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apastyle.apa.org/style-grammar-guidelines" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/17OgRMjsus6C0TTKg2yCA8uPimUOtcc5l/view?usp=sharing" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://plataformas.ude.edu.uy/revistas/rifedu/index.php/RSEUS" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rifedu.ude.edu.uy/index.php/RSEUS" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rifedu.ude.edu.uy/index.php/RSEUS" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rifedu.ude.edu.uy/index.php/RSEUS" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rifedu.ude.edu.uy/index.php/RSEUS" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rifedu.ude.edu.uy/index.php/RSEUS" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rifedu.ude.edu.uy/index.php/RSEUS" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/" TargetMode="External"/></Relationships>
 </file>
 
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
+</file>
+
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA Sixth Edition"/>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7miqBiBeRImN3akPoHXn2Ahu+Vx5YQ==">CgMxLjAyDmguZnVlcGRzdGduYXU1Mg5oLjhrano3eGxzMjB5aDIOaC5kd2dhYndrYjByMmoyDmgudWU1ZDUyeW85djVpMg5oLjRma2d6MXgyNmNjajIOaC4xeWVpeGVzOXN0eTA4AHIhMURfdU04VHpjNkpqRXBQSWVqSjF0eDN6RE03TG56elRC</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CD8B98C3-2BB6-4A1F-8353-E91A1344E2AD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Plantilla para autores RSEUS 2024.dotx</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1078</Words>
-  <Characters>5929</Characters>
+  <Words>1146</Words>
+  <Characters>6304</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>49</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>52</Lines>
+  <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Hewlett-Packard Company</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6994</CharactersWithSpaces>
+  <CharactersWithSpaces>7436</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:creator>Usuario</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>